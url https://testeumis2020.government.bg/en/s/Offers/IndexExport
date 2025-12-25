--- v0 (2025-11-24)
+++ v1 (2025-12-25)
@@ -1,141 +1,134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1811095c0e784538" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3efd5fe1d7034b4292ca0a1015b64475.psmdcp" Id="Rb5cf1003242a42ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38b60e6d20d14f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9c303c0817684e48bb6a0166d4a2e709.psmdcp" Id="Rec3f33bb59024b16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Tenders and Offers" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <x:si>
     <x:t>Offers submission deadline</x:t>
   </x:si>
   <x:si>
     <x:t>Announcement date of procedure for external assignment</x:t>
   </x:si>
   <x:si>
     <x:t>Procedure subject</x:t>
   </x:si>
   <x:si>
     <x:t>Beneficiary</x:t>
   </x:si>
   <x:si>
     <x:t>Contract registration number</x:t>
   </x:si>
   <x:si>
-    <x:t>Пети</x:t>
-[...65 lines deleted...]
-    <x:t>BGAT-1.001-0002-C01</x:t>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на ДМА по 6 /шест/ обособени позиции.
+Обособена позиция 1 /ОП 1/: Широкоформатен сублимационен принтер - 1 бр.
+Обособена позиция 2 /ОП 2/: Широкоформатна, автоматична преса с компресор - 1 бр.
+Обособена позиция 3 /ОП 3/: Шевна машина - 1 бр.
+Обособена позиция 4 /ОП 4/: Преносим компютър Лаптоп/ - 1 бр.
+Обособена позиция 5 /ОП 5/: Двойнопокривна трииглова петконечна автоматична електронна машина -1 бр.
+Обособена позиция 6 /ОП 6/: Двуиглова четириконечна оверлог машина -1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АРТ ДАЙМЪНД ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0817-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Инвестиции в енергоспестяващи мерки, водещи до енергийна ефективност на сградния фонд на "Хан Крум" АД, както следва:
+ОП 1 Енергоспестяващи строителни дейности, включващи:
+- топлинно изолиране на външните стени;
+- топлинно изолиране нa покрив;
+- подмяна на дограма;
+- подмяна на осветителни тела;
+- реконструкция на отоплителна инсталация.
+ОП 2 Енергоспестяващи мерки чрез изграждане на ФВц за собствено потребление с мощност 30 kWp.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ХАН КРУМ АД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0096-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Автоматизирана система за управление на паркинг</x:t>
+  </x:si>
+  <x:si>
+    <x:t>С.Т.СЛЪНЧЕВ РАЙ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0602-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Цифрова система за видеонаблюдение и охрана</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и инсталация на технологично оборудване за нуждите на ОбУ "Йордан Йовков"</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ОБЕДИНЕНО УЧИЛИЩЕ "ЙОРДАН ЙОВКОВ" - гр. ПЛОВДИВ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-1.015-1113-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Експерт „Закрила“ </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Сдружение "Каритас София"</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG65AMPR001-2.001-0007-C02</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -484,260 +477,177 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E12"/>
+  <x:dimension ref="A1:E7"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="5" width="40.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="2">
-        <x:v>45998</x:v>
+        <x:v>46021</x:v>
       </x:c>
       <x:c r="B2" s="2">
-        <x:v>45980</x:v>
-[...2 lines deleted...]
-        <x:v>1911</x:v>
+        <x:v>46003</x:v>
+      </x:c>
+      <x:c r="C2" s="0" t="s">
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2">
-        <x:v>46023</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="B3" s="2">
-        <x:v>45427</x:v>
+        <x:v>45996</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2">
-        <x:v>46023</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="B4" s="2">
-        <x:v>45427</x:v>
+        <x:v>46000</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="2">
-        <x:v>46111</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="B5" s="2">
-        <x:v>45748</x:v>
-[...2 lines deleted...]
-        <x:v>123</x:v>
+        <x:v>46000</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="s">
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2">
-        <x:v>46290</x:v>
+        <x:v>46172</x:v>
       </x:c>
       <x:c r="B6" s="2">
-        <x:v>45555</x:v>
+        <x:v>45783</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2">
-        <x:v>46388</x:v>
+        <x:v>46317</x:v>
       </x:c>
       <x:c r="B7" s="2">
-        <x:v>45664</x:v>
+        <x:v>45671</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>18</x:v>
-[...29 lines deleted...]
-      <x:c r="D9" s="0" t="s">
         <x:v>20</x:v>
-      </x:c>
-[...50 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>