--- v1 (2025-12-25)
+++ v2 (2025-12-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38b60e6d20d14f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9c303c0817684e48bb6a0166d4a2e709.psmdcp" Id="Rec3f33bb59024b16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6647a474d1a4495" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f943a06aa7274f09b9c74d1f15156051.psmdcp" Id="R350ccc48b4d34f6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Tenders and Offers" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <x:si>
     <x:t>Offers submission deadline</x:t>
   </x:si>
   <x:si>
     <x:t>Announcement date of procedure for external assignment</x:t>
   </x:si>
   <x:si>