--- v2 (2025-12-26)
+++ v3 (2026-01-06)
@@ -1,87 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6647a474d1a4495" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f943a06aa7274f09b9c74d1f15156051.psmdcp" Id="R350ccc48b4d34f6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7967ec4e38544b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92a1e58cb5934bb18b30fd713e0e27e1.psmdcp" Id="R9e4f3c1f19744e5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Tenders and Offers" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <x:si>
     <x:t>Offers submission deadline</x:t>
   </x:si>
   <x:si>
     <x:t>Announcement date of procedure for external assignment</x:t>
   </x:si>
   <x:si>
     <x:t>Procedure subject</x:t>
   </x:si>
   <x:si>
     <x:t>Beneficiary</x:t>
   </x:si>
   <x:si>
     <x:t>Contract registration number</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>BG16RFPR001-1.004-0817-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Инвестиции в енергоспестяващи мерки, водещи до енергийна ефективност на сградния фонд на "Хан Крум" АД, както следва:
 ОП 1 Енергоспестяващи строителни дейности, включващи:
 - топлинно изолиране на външните стени;
 - топлинно изолиране нa покрив;
 - подмяна на дограма;
 - подмяна на осветителни тела;
 - реконструкция на отоплителна инсталация.
 ОП 2 Енергоспестяващи мерки чрез изграждане на ФВц за собствено потребление с мощност 30 kWp.
 </x:t>
   </x:si>
   <x:si>
     <x:t>ХАН КРУМ АД</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-4.021-0096-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Автоматизирана система за управление на паркинг</x:t>
   </x:si>
   <x:si>
     <x:t>С.Т.СЛЪНЧЕВ РАЙ ООД</x:t>
   </x:si>
   <x:si>
@@ -477,177 +462,160 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E7"/>
+  <x:dimension ref="A1:E6"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="5" width="40.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="2">
-        <x:v>46021</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="B2" s="2">
-        <x:v>46003</x:v>
+        <x:v>45996</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2">
-        <x:v>46028</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="B3" s="2">
-        <x:v>45996</x:v>
+        <x:v>46000</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2">
         <x:v>46031</x:v>
       </x:c>
       <x:c r="B4" s="2">
         <x:v>46000</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="2">
-        <x:v>46031</x:v>
+        <x:v>46172</x:v>
       </x:c>
       <x:c r="B5" s="2">
-        <x:v>46000</x:v>
+        <x:v>45783</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E5" s="0" t="s">
         <x:v>14</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2">
-        <x:v>46172</x:v>
+        <x:v>46317</x:v>
       </x:c>
       <x:c r="B6" s="2">
-        <x:v>45783</x:v>
+        <x:v>45671</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>17</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>