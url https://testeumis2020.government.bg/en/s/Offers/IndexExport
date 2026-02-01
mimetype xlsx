--- v3 (2026-01-06)
+++ v4 (2026-02-01)
@@ -1,119 +1,129 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7967ec4e38544b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92a1e58cb5934bb18b30fd713e0e27e1.psmdcp" Id="R9e4f3c1f19744e5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b22cd0b181b4b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4c33a687606c4e2bbbd51d27edaf4e8c.psmdcp" Id="R3450a0e5887349d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Tenders and Offers" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <x:si>
     <x:t>Offers submission deadline</x:t>
   </x:si>
   <x:si>
     <x:t>Announcement date of procedure for external assignment</x:t>
   </x:si>
   <x:si>
     <x:t>Procedure subject</x:t>
   </x:si>
   <x:si>
     <x:t>Beneficiary</x:t>
   </x:si>
   <x:si>
     <x:t>Contract registration number</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Инвестиции в енергоспестяващи мерки, водещи до енергийна ефективност на сградния фонд на "Хан Крум" АД, както следва:
-[...43 lines deleted...]
-    <x:t>BG65AMPR001-2.001-0007-C02</x:t>
+    <x:t>ПВУ Тест 456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-3.010-0005-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KJKJGKGKGKGG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>техника</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-11.028-0002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Предмет на предвидената процедура</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕФСУ 456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2021BG16RFOP001-2.005-0008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2021BG16RFOP001-2.005-0008-C07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123 ТЕСТ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Обособени позиции 456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЗДРАВЕ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2021BG16RFOP001-2.006-0003-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Цветя</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Лидия ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05M2OP001-4.003-0009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Тестова процедура за избор на изпълнител</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Тестов кандидат 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BGAT-1.001-0002-C01</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -462,160 +472,209 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E6"/>
+  <x:dimension ref="A1:E9"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="5" width="40.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="2">
-        <x:v>46028</x:v>
+        <x:v>46111</x:v>
       </x:c>
       <x:c r="B2" s="2">
-        <x:v>45996</x:v>
-[...1 lines deleted...]
-      <x:c r="C2" s="0" t="s">
+        <x:v>45748</x:v>
+      </x:c>
+      <x:c r="C2" s="0" t="n">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D2" s="0" t="s">
+      <x:c r="E2" s="0" t="s">
         <x:v>6</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2">
-        <x:v>46031</x:v>
+        <x:v>46290</x:v>
       </x:c>
       <x:c r="B3" s="2">
-        <x:v>46000</x:v>
+        <x:v>45555</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="D3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="D3" s="0" t="s">
+      <x:c r="E3" s="0" t="s">
         <x:v>9</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2">
-        <x:v>46031</x:v>
+        <x:v>46388</x:v>
       </x:c>
       <x:c r="B4" s="2">
-        <x:v>46000</x:v>
+        <x:v>45664</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="D4" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="D4" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E4" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="2">
-        <x:v>46172</x:v>
+        <x:v>46388</x:v>
       </x:c>
       <x:c r="B5" s="2">
-        <x:v>45783</x:v>
+        <x:v>45664</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E5" s="0" t="s">
         <x:v>13</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2">
-        <x:v>46317</x:v>
+        <x:v>46388</x:v>
       </x:c>
       <x:c r="B6" s="2">
-        <x:v>45671</x:v>
-[...1 lines deleted...]
-      <x:c r="C6" s="0" t="s">
+        <x:v>45979</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="n">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="E6" s="0" t="s"/>
+    </x:row>
+    <x:row r="7" spans="1:5">
+      <x:c r="A7" s="2">
+        <x:v>46419</x:v>
+      </x:c>
+      <x:c r="B7" s="2">
+        <x:v>45664</x:v>
+      </x:c>
+      <x:c r="C7" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="D6" s="0" t="s">
+      <x:c r="D7" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="E6" s="0" t="s">
+      <x:c r="E7" s="0" t="s">
         <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="2">
+        <x:v>47808</x:v>
+      </x:c>
+      <x:c r="B8" s="2">
+        <x:v>45133</x:v>
+      </x:c>
+      <x:c r="C8" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="D8" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="E8" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="2">
+        <x:v>52962</x:v>
+      </x:c>
+      <x:c r="B9" s="2">
+        <x:v>45440</x:v>
+      </x:c>
+      <x:c r="C9" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D9" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E9" s="0" t="s">
+        <x:v>23</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>