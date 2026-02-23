--- v4 (2026-02-01)
+++ v5 (2026-02-23)
@@ -1,111 +1,126 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b22cd0b181b4b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4c33a687606c4e2bbbd51d27edaf4e8c.psmdcp" Id="R3450a0e5887349d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0bb2001d3524210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/269c5fd5889b4abbbf754efa01307721.psmdcp" Id="Rf1d18cf3b8554736" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Tenders and Offers" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Offers submission deadline</x:t>
   </x:si>
   <x:si>
     <x:t>Announcement date of procedure for external assignment</x:t>
   </x:si>
   <x:si>
     <x:t>Procedure subject</x:t>
   </x:si>
   <x:si>
     <x:t>Beneficiary</x:t>
   </x:si>
   <x:si>
     <x:t>Contract registration number</x:t>
   </x:si>
   <x:si>
+    <x:t>KJKJGKGKGKGG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>техника</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-11.028-0002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>тест</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Хеликоптер</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-12.006-0006-C03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Предмет на предвидената процедура</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕФСУ 456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2021BG16RFOP001-2.005-0008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2021BG16RFOP001-2.005-0008-C07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123 ТЕСТ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Процедура Тест 456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Обособени позиции 456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЗДРАВЕ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2021BG16RFOP001-2.006-0003-C03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Предмет 456</x:t>
+  </x:si>
+  <x:si>
     <x:t>ПВУ Тест 456</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-3.010-0005-C02</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>2021BG16RFOP001-2.006-0003-C02</x:t>
   </x:si>
   <x:si>
     <x:t>Цветя</x:t>
   </x:si>
   <x:si>
     <x:t>Лидия ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M2OP001-4.003-0009</x:t>
   </x:si>
   <x:si>
     <x:t>Тестова процедура за избор на изпълнител</x:t>
   </x:si>
   <x:si>
     <x:t>Тестов кандидат 1</x:t>
   </x:si>
   <x:si>
     <x:t>BGAT-1.001-0002-C01</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
@@ -472,209 +487,243 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E9"/>
+  <x:dimension ref="A1:E11"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="5" width="40.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="2">
-        <x:v>46111</x:v>
+        <x:v>46290</x:v>
       </x:c>
       <x:c r="B2" s="2">
-        <x:v>45748</x:v>
-[...2 lines deleted...]
-        <x:v>123</x:v>
+        <x:v>45555</x:v>
+      </x:c>
+      <x:c r="C2" s="0" t="s">
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2">
-        <x:v>46290</x:v>
+        <x:v>46387</x:v>
       </x:c>
       <x:c r="B3" s="2">
-        <x:v>45555</x:v>
+        <x:v>46073</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2">
         <x:v>46388</x:v>
       </x:c>
       <x:c r="B4" s="2">
         <x:v>45664</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="2">
         <x:v>46388</x:v>
       </x:c>
       <x:c r="B5" s="2">
         <x:v>45664</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2">
         <x:v>46388</x:v>
       </x:c>
       <x:c r="B6" s="2">
         <x:v>45979</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s"/>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2">
-        <x:v>46419</x:v>
+        <x:v>46417</x:v>
       </x:c>
       <x:c r="B7" s="2">
-        <x:v>45664</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2">
-        <x:v>47808</x:v>
+        <x:v>46419</x:v>
       </x:c>
       <x:c r="B8" s="2">
-        <x:v>45133</x:v>
+        <x:v>45664</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="D8" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="D8" s="0" t="s">
+      <x:c r="E8" s="0" t="s">
         <x:v>19</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2">
+        <x:v>46752</x:v>
+      </x:c>
+      <x:c r="B9" s="2">
+        <x:v>46069</x:v>
+      </x:c>
+      <x:c r="C9" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D9" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E9" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="2">
+        <x:v>47808</x:v>
+      </x:c>
+      <x:c r="B10" s="2">
+        <x:v>45133</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="2">
         <x:v>52962</x:v>
       </x:c>
-      <x:c r="B9" s="2">
+      <x:c r="B11" s="2">
         <x:v>45440</x:v>
       </x:c>
-      <x:c r="C9" s="0" t="s">
-[...6 lines deleted...]
-        <x:v>23</x:v>
+      <x:c r="C11" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="E11" s="0" t="s">
+        <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>