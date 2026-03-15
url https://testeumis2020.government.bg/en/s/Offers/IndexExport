--- v5 (2026-02-23)
+++ v6 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0bb2001d3524210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/269c5fd5889b4abbbf754efa01307721.psmdcp" Id="Rf1d18cf3b8554736" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R640fa245556943cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/91f1e509d33d494dad9f404f149cc080.psmdcp" Id="R1e6eea66bec7449e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Tenders and Offers" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Offers submission deadline</x:t>
   </x:si>
   <x:si>
     <x:t>Announcement date of procedure for external assignment</x:t>
   </x:si>
   <x:si>
@@ -52,51 +52,51 @@
   <x:si>
     <x:t>техника</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-11.028-0002</x:t>
   </x:si>
   <x:si>
     <x:t>тест</x:t>
   </x:si>
   <x:si>
     <x:t>Хеликоптер</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-12.006-0006-C03</x:t>
   </x:si>
   <x:si>
     <x:t>Предмет на предвидената процедура</x:t>
   </x:si>
   <x:si>
     <x:t>ЕФСУ 456</x:t>
   </x:si>
   <x:si>
     <x:t>2021BG16RFOP001-2.005-0008</x:t>
   </x:si>
   <x:si>
-    <x:t>2021BG16RFOP001-2.005-0008-C07</x:t>
+    <x:t>2021BG16RFOP001-2.005-0008-C10</x:t>
   </x:si>
   <x:si>
     <x:t>123 ТЕСТ</x:t>
   </x:si>
   <x:si>
     <x:t>Процедура Тест 456</x:t>
   </x:si>
   <x:si>
     <x:t>Обособени позиции 456</x:t>
   </x:si>
   <x:si>
     <x:t>ЗДРАВЕ ООД</x:t>
   </x:si>
   <x:si>
     <x:t>2021BG16RFOP001-2.006-0003-C03</x:t>
   </x:si>
   <x:si>
     <x:t>Предмет 456</x:t>
   </x:si>
   <x:si>
     <x:t>ПВУ Тест 456</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-3.010-0005-C02</x:t>
   </x:si>