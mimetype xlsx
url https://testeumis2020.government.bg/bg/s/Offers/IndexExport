--- v0 (2025-11-03)
+++ v1 (2025-11-27)
@@ -1,108 +1,117 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44e79b435d99432c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aa57e1cc0ca047488c5bc2356d4c0c9d.psmdcp" Id="R95a91a6355444754" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R905b91a5fd92468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/18b2ade71dbc4b9183473ca882b49a14.psmdcp" Id="R076dfa87bb6b41f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Обяви и оферти" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
   <x:si>
     <x:t>Крайна дата за подаване на оферти</x:t>
   </x:si>
   <x:si>
     <x:t>Дата на обявление</x:t>
   </x:si>
   <x:si>
     <x:t>Предмет на предвидената процедура</x:t>
   </x:si>
   <x:si>
     <x:t>Бенефициент</x:t>
   </x:si>
   <x:si>
     <x:t>Номер на договор за БФП</x:t>
   </x:si>
   <x:si>
+    <x:t>Пети</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-12.020-0005</x:t>
+  </x:si>
+  <x:si>
     <x:t>Здравеопазване 2021-2027 456</x:t>
   </x:si>
   <x:si>
     <x:t>ЗДРАВЕ ООД</x:t>
   </x:si>
   <x:si>
     <x:t>2021BG16RFOP001-2.006-0003</x:t>
   </x:si>
   <x:si>
     <x:t>2021BG16RFOP001-2.006-0003-C02</x:t>
   </x:si>
   <x:si>
     <x:t>ПВУ Тест 456</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-3.010-0005-C01</x:t>
   </x:si>
   <x:si>
     <x:t>KJKJGKGKGKGG</x:t>
   </x:si>
   <x:si>
     <x:t>техника</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-11.028-0002</x:t>
   </x:si>
   <x:si>
     <x:t>ЕФСУ 456</x:t>
   </x:si>
   <x:si>
     <x:t>2021BG16RFOP001-2.005-0008</x:t>
   </x:si>
   <x:si>
-    <x:t>2021BG16RFOP001-2.005-0008-C06</x:t>
+    <x:t>2021BG16RFOP001-2.005-0008-C07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123 ТЕСТ</x:t>
   </x:si>
   <x:si>
     <x:t>Обособени позиции 456</x:t>
   </x:si>
   <x:si>
     <x:t>Цветя</x:t>
   </x:si>
   <x:si>
     <x:t>Лидия ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M2OP001-4.003-0009</x:t>
   </x:si>
   <x:si>
     <x:t>Тестова процедура за избор на изпълнител</x:t>
   </x:si>
   <x:si>
     <x:t>Тестов кандидат 1</x:t>
   </x:si>
   <x:si>
     <x:t>BGAT-1.001-0002-C01</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -472,228 +481,260 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E10"/>
+  <x:dimension ref="A1:E12"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="5" width="40.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="2">
-        <x:v>46023</x:v>
+        <x:v>45998</x:v>
       </x:c>
       <x:c r="B2" s="2">
-        <x:v>45427</x:v>
-[...1 lines deleted...]
-      <x:c r="C2" s="0" t="s">
+        <x:v>45980</x:v>
+      </x:c>
+      <x:c r="C2" s="0" t="n">
+        <x:v>1911</x:v>
+      </x:c>
+      <x:c r="D2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D2" s="0" t="s">
+      <x:c r="E2" s="0" t="s">
         <x:v>6</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2">
         <x:v>46023</x:v>
       </x:c>
       <x:c r="B3" s="2">
         <x:v>45427</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2">
-        <x:v>46111</x:v>
+        <x:v>46023</x:v>
       </x:c>
       <x:c r="B4" s="2">
-        <x:v>45748</x:v>
-[...2 lines deleted...]
-        <x:v>123</x:v>
+        <x:v>45427</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="2">
-        <x:v>46290</x:v>
+        <x:v>46111</x:v>
       </x:c>
       <x:c r="B5" s="2">
-        <x:v>45555</x:v>
-[...1 lines deleted...]
-      <x:c r="C5" s="0" t="s">
+        <x:v>45748</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="n">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="D5" s="0" t="s">
+      <x:c r="E5" s="0" t="s">
         <x:v>12</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2">
-        <x:v>46388</x:v>
+        <x:v>46290</x:v>
       </x:c>
       <x:c r="B6" s="2">
-        <x:v>45664</x:v>
+        <x:v>45555</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
-        <x:v>2</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2">
         <x:v>46388</x:v>
       </x:c>
       <x:c r="B7" s="2">
         <x:v>45664</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2">
-        <x:v>46419</x:v>
+        <x:v>46388</x:v>
       </x:c>
       <x:c r="B8" s="2">
         <x:v>45664</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2">
-        <x:v>47808</x:v>
+        <x:v>46388</x:v>
       </x:c>
       <x:c r="B9" s="2">
-        <x:v>45133</x:v>
-[...2 lines deleted...]
-        <x:v>18</x:v>
+        <x:v>45979</x:v>
+      </x:c>
+      <x:c r="C9" s="0" t="n">
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="E9" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E9" s="0" t="s"/>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2">
+        <x:v>46419</x:v>
+      </x:c>
+      <x:c r="B10" s="2">
+        <x:v>45664</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="2">
+        <x:v>47808</x:v>
+      </x:c>
+      <x:c r="B11" s="2">
+        <x:v>45133</x:v>
+      </x:c>
+      <x:c r="C11" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E11" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="2">
         <x:v>52962</x:v>
       </x:c>
-      <x:c r="B10" s="2">
+      <x:c r="B12" s="2">
         <x:v>45440</x:v>
       </x:c>
-      <x:c r="C10" s="0" t="s">
-[...6 lines deleted...]
-        <x:v>23</x:v>
+      <x:c r="C12" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="D12" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E12" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>