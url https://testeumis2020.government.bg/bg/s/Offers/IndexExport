--- v1 (2025-11-27)
+++ v2 (2026-01-25)
@@ -1,120 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R905b91a5fd92468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/18b2ade71dbc4b9183473ca882b49a14.psmdcp" Id="R076dfa87bb6b41f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fd40422dcca4fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f443f038f7044882888835fa26df2413.psmdcp" Id="Rb9925c7a20e54e84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Обяви и оферти" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <x:si>
     <x:t>Крайна дата за подаване на оферти</x:t>
   </x:si>
   <x:si>
     <x:t>Дата на обявление</x:t>
   </x:si>
   <x:si>
     <x:t>Предмет на предвидената процедура</x:t>
   </x:si>
   <x:si>
     <x:t>Бенефициент</x:t>
   </x:si>
   <x:si>
     <x:t>Номер на договор за БФП</x:t>
   </x:si>
   <x:si>
-    <x:t>Пети</x:t>
-[...5 lines deleted...]
-    <x:t>Здравеопазване 2021-2027 456</x:t>
+    <x:t>ПВУ Тест 456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-3.010-0005-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KJKJGKGKGKGG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>техника</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-11.028-0002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕФСУ 456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2021BG16RFOP001-2.005-0008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2021BG16RFOP001-2.005-0008-C07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123 ТЕСТ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Обособени позиции 456</x:t>
   </x:si>
   <x:si>
     <x:t>ЗДРАВЕ ООД</x:t>
   </x:si>
   <x:si>
-    <x:t>2021BG16RFOP001-2.006-0003</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2021BG16RFOP001-2.006-0003-C02</x:t>
-  </x:si>
-[...28 lines deleted...]
-    <x:t>Обособени позиции 456</x:t>
   </x:si>
   <x:si>
     <x:t>Цветя</x:t>
   </x:si>
   <x:si>
     <x:t>Лидия ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M2OP001-4.003-0009</x:t>
   </x:si>
   <x:si>
     <x:t>Тестова процедура за избор на изпълнител</x:t>
   </x:si>
   <x:si>
     <x:t>Тестов кандидат 1</x:t>
   </x:si>
   <x:si>
     <x:t>BGAT-1.001-0002-C01</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
@@ -481,260 +469,209 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E12"/>
+  <x:dimension ref="A1:E9"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="5" width="40.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="2">
-        <x:v>45998</x:v>
+        <x:v>46111</x:v>
       </x:c>
       <x:c r="B2" s="2">
-        <x:v>45980</x:v>
+        <x:v>45748</x:v>
       </x:c>
       <x:c r="C2" s="0" t="n">
-        <x:v>1911</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2">
-        <x:v>46023</x:v>
+        <x:v>46290</x:v>
       </x:c>
       <x:c r="B3" s="2">
-        <x:v>45427</x:v>
+        <x:v>45555</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2">
-        <x:v>46023</x:v>
+        <x:v>46388</x:v>
       </x:c>
       <x:c r="B4" s="2">
-        <x:v>45427</x:v>
+        <x:v>45664</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="2">
-        <x:v>46111</x:v>
+        <x:v>46388</x:v>
       </x:c>
       <x:c r="B5" s="2">
-        <x:v>45748</x:v>
-[...2 lines deleted...]
-        <x:v>123</x:v>
+        <x:v>45664</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="s">
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2">
-        <x:v>46290</x:v>
+        <x:v>46388</x:v>
       </x:c>
       <x:c r="B6" s="2">
-        <x:v>45555</x:v>
-[...1 lines deleted...]
-      <x:c r="C6" s="0" t="s">
+        <x:v>45979</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="n">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="D6" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E6" s="0" t="s"/>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2">
-        <x:v>46388</x:v>
+        <x:v>46419</x:v>
       </x:c>
       <x:c r="B7" s="2">
         <x:v>45664</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>2</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E7" s="0" t="s">
         <x:v>16</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2">
-        <x:v>46388</x:v>
+        <x:v>47808</x:v>
       </x:c>
       <x:c r="B8" s="2">
-        <x:v>45664</x:v>
+        <x:v>45133</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>2</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2">
-        <x:v>46388</x:v>
+        <x:v>52962</x:v>
       </x:c>
       <x:c r="B9" s="2">
-        <x:v>45979</x:v>
-[...2 lines deleted...]
-        <x:v>123</x:v>
+        <x:v>45440</x:v>
+      </x:c>
+      <x:c r="C9" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
-        <x:v>19</x:v>
-[...27 lines deleted...]
-      <x:c r="C11" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="D11" s="0" t="s">
+      <x:c r="E9" s="0" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...18 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>