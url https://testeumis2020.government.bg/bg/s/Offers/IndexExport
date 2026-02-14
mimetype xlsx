--- v2 (2026-01-25)
+++ v3 (2026-02-14)
@@ -1,108 +1,111 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fd40422dcca4fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f443f038f7044882888835fa26df2413.psmdcp" Id="Rb9925c7a20e54e84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fa8c1ac551e440d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f30a136d260f48d8964b8b50bea5e354.psmdcp" Id="Rc527eb2c263a4ee1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Обяви и оферти" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <x:si>
     <x:t>Крайна дата за подаване на оферти</x:t>
   </x:si>
   <x:si>
     <x:t>Дата на обявление</x:t>
   </x:si>
   <x:si>
     <x:t>Предмет на предвидената процедура</x:t>
   </x:si>
   <x:si>
     <x:t>Бенефициент</x:t>
   </x:si>
   <x:si>
     <x:t>Номер на договор за БФП</x:t>
   </x:si>
   <x:si>
     <x:t>ПВУ Тест 456</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-3.010-0005-C02</x:t>
   </x:si>
   <x:si>
     <x:t>KJKJGKGKGKGG</x:t>
   </x:si>
   <x:si>
     <x:t>техника</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-11.028-0002</x:t>
   </x:si>
   <x:si>
     <x:t>ЕФСУ 456</x:t>
   </x:si>
   <x:si>
     <x:t>2021BG16RFOP001-2.005-0008</x:t>
   </x:si>
   <x:si>
     <x:t>2021BG16RFOP001-2.005-0008-C07</x:t>
   </x:si>
   <x:si>
     <x:t>123 ТЕСТ</x:t>
   </x:si>
   <x:si>
+    <x:t>Процедура Тест 456</x:t>
+  </x:si>
+  <x:si>
     <x:t>Обособени позиции 456</x:t>
   </x:si>
   <x:si>
     <x:t>ЗДРАВЕ ООД</x:t>
   </x:si>
   <x:si>
-    <x:t>2021BG16RFOP001-2.006-0003-C02</x:t>
+    <x:t>2021BG16RFOP001-2.006-0003-C03</x:t>
   </x:si>
   <x:si>
     <x:t>Цветя</x:t>
   </x:si>
   <x:si>
     <x:t>Лидия ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M2OP001-4.003-0009</x:t>
   </x:si>
   <x:si>
     <x:t>Тестова процедура за избор на изпълнител</x:t>
   </x:si>
   <x:si>
     <x:t>Тестов кандидат 1</x:t>
   </x:si>
   <x:si>
     <x:t>BGAT-1.001-0002-C01</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
@@ -469,51 +472,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E9"/>
+  <x:dimension ref="A1:E10"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="5" width="40.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -581,97 +584,114 @@
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2">
         <x:v>46388</x:v>
       </x:c>
       <x:c r="B6" s="2">
         <x:v>45979</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s"/>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2">
-        <x:v>46419</x:v>
+        <x:v>46417</x:v>
       </x:c>
       <x:c r="B7" s="2">
-        <x:v>45664</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2">
-        <x:v>47808</x:v>
+        <x:v>46419</x:v>
       </x:c>
       <x:c r="B8" s="2">
-        <x:v>45133</x:v>
+        <x:v>45664</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D8" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="E8" s="0" t="s">
         <x:v>17</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2">
+        <x:v>47808</x:v>
+      </x:c>
+      <x:c r="B9" s="2">
+        <x:v>45133</x:v>
+      </x:c>
+      <x:c r="C9" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="D9" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="E9" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="2">
         <x:v>52962</x:v>
       </x:c>
-      <x:c r="B9" s="2">
+      <x:c r="B10" s="2">
         <x:v>45440</x:v>
       </x:c>
-      <x:c r="C9" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D9" s="0" t="s">
+      <x:c r="C10" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="E9" s="0" t="s">
+      <x:c r="D10" s="0" t="s">
         <x:v>22</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="s">
+        <x:v>23</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>