--- v3 (2026-02-14)
+++ v4 (2026-03-07)
@@ -1,111 +1,123 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fa8c1ac551e440d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f30a136d260f48d8964b8b50bea5e354.psmdcp" Id="Rc527eb2c263a4ee1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7edb4b397bbd43cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4060c976eaed4beea53e6cbd79c87fd6.psmdcp" Id="R15022e73862d4c4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Обяви и оферти" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Крайна дата за подаване на оферти</x:t>
   </x:si>
   <x:si>
     <x:t>Дата на обявление</x:t>
   </x:si>
   <x:si>
     <x:t>Предмет на предвидената процедура</x:t>
   </x:si>
   <x:si>
     <x:t>Бенефициент</x:t>
   </x:si>
   <x:si>
     <x:t>Номер на договор за БФП</x:t>
   </x:si>
   <x:si>
+    <x:t>KJKJGKGKGKGG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>техника</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-11.028-0002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>тест</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Хеликоптер</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-12.006-0006-C03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕФСУ 456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2021BG16RFOP001-2.005-0008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2021BG16RFOP001-2.005-0008-C10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123 ТЕСТ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Процедура Тест 456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Обособени позиции 456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЗДРАВЕ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2021BG16RFOP001-2.006-0003-C03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Предмет 456</x:t>
+  </x:si>
+  <x:si>
     <x:t>ПВУ Тест 456</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-3.010-0005-C02</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>2021BG16RFOP001-2.006-0003-C03</x:t>
   </x:si>
   <x:si>
     <x:t>Цветя</x:t>
   </x:si>
   <x:si>
     <x:t>Лидия ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M2OP001-4.003-0009</x:t>
   </x:si>
   <x:si>
     <x:t>Тестова процедура за избор на изпълнител</x:t>
   </x:si>
   <x:si>
     <x:t>Тестов кандидат 1</x:t>
   </x:si>
   <x:si>
     <x:t>BGAT-1.001-0002-C01</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
@@ -472,226 +484,243 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E10"/>
+  <x:dimension ref="A1:E11"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="5" width="40.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="2">
-        <x:v>46111</x:v>
+        <x:v>46290</x:v>
       </x:c>
       <x:c r="B2" s="2">
-        <x:v>45748</x:v>
-[...2 lines deleted...]
-        <x:v>123</x:v>
+        <x:v>45555</x:v>
+      </x:c>
+      <x:c r="C2" s="0" t="s">
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2">
-        <x:v>46290</x:v>
+        <x:v>46387</x:v>
       </x:c>
       <x:c r="B3" s="2">
-        <x:v>45555</x:v>
+        <x:v>46073</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2">
         <x:v>46388</x:v>
       </x:c>
       <x:c r="B4" s="2">
         <x:v>45664</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="2">
         <x:v>46388</x:v>
       </x:c>
       <x:c r="B5" s="2">
         <x:v>45664</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2">
         <x:v>46388</x:v>
       </x:c>
       <x:c r="B6" s="2">
         <x:v>45979</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s"/>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2">
         <x:v>46417</x:v>
       </x:c>
       <x:c r="B7" s="2">
         <x:v>46065</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2">
         <x:v>46419</x:v>
       </x:c>
       <x:c r="B8" s="2">
         <x:v>45664</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2">
-        <x:v>47808</x:v>
+        <x:v>46752</x:v>
       </x:c>
       <x:c r="B9" s="2">
-        <x:v>45133</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2">
+        <x:v>47808</x:v>
+      </x:c>
+      <x:c r="B10" s="2">
+        <x:v>45133</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="2">
         <x:v>52962</x:v>
       </x:c>
-      <x:c r="B10" s="2">
+      <x:c r="B11" s="2">
         <x:v>45440</x:v>
       </x:c>
-      <x:c r="C10" s="0" t="s">
-[...6 lines deleted...]
-        <x:v>23</x:v>
+      <x:c r="C11" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E11" s="0" t="s">
+        <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>