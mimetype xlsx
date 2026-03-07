--- v4 (2026-03-07)
+++ v5 (2026-03-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7edb4b397bbd43cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4060c976eaed4beea53e6cbd79c87fd6.psmdcp" Id="R15022e73862d4c4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d27d3d7a4f74b18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cbd66d80f92948aaa094eb21a9fb71cb.psmdcp" Id="Rd887be7ec2c24922" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Обяви и оферти" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Крайна дата за подаване на оферти</x:t>
   </x:si>
   <x:si>
     <x:t>Дата на обявление</x:t>
   </x:si>
   <x:si>