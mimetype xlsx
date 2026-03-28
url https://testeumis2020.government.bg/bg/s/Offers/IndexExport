--- v5 (2026-03-07)
+++ v6 (2026-03-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d27d3d7a4f74b18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cbd66d80f92948aaa094eb21a9fb71cb.psmdcp" Id="Rd887be7ec2c24922" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3b2dc0447e94159" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17de2ffdb2d74861b60ca80e70b13352.psmdcp" Id="R493dad23c9d74813" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Обяви и оферти" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Крайна дата за подаване на оферти</x:t>
   </x:si>
   <x:si>
     <x:t>Дата на обявление</x:t>
   </x:si>
   <x:si>