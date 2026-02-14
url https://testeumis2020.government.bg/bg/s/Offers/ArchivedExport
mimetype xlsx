--- v0 (2025-11-04)
+++ v1 (2026-02-14)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e356606cb064719" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4b0d78f31cfc43bcbe7f8b28e78a62dd.psmdcp" Id="R6656c66ad1f04f43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49486531517f4b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7a82ecfb0229477996000e3636bcd224.psmdcp" Id="R620537608fa545f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Архив" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="579" uniqueCount="579">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="590" uniqueCount="590">
   <x:si>
     <x:t>Крайна дата за подаване на оферти</x:t>
   </x:si>
   <x:si>
     <x:t>Предмет на предвидената процедура</x:t>
   </x:si>
   <x:si>
     <x:t>Бенефициент</x:t>
   </x:si>
   <x:si>
     <x:t>Номер на договор за БФП</x:t>
   </x:si>
   <x:si>
     <x:t>Външна процедура</x:t>
   </x:si>
   <x:si>
     <x:t>Национална компания "Стратегически инфраструктурни проекти"</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFOP002-3.002-0010-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Предмет на предвидената процедура </x:t>
   </x:si>
   <x:si>
@@ -899,96 +899,96 @@
     <x:t>BG05SFOP001-3.001-0001-C02</x:t>
   </x:si>
   <x:si>
     <x:t>Вериги</x:t>
   </x:si>
   <x:si>
     <x:t>Лоша компания</x:t>
   </x:si>
   <x:si>
     <x:t>BG1846-1.005-0006-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Организиране на концерт</x:t>
   </x:si>
   <x:si>
     <x:t>BG20EEA-2.001-0002-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Доставка на биоагенти
 </x:t>
   </x:si>
   <x:si>
     <x:t>Храна за бедните</x:t>
   </x:si>
   <x:si>
-    <x:t>BG05FMOP001-3.002-0004-C05</x:t>
+    <x:t>BG05FMOP001-3.002-0004-C07</x:t>
   </x:si>
   <x:si>
     <x:t>Процедура преди одобрение на проект</x:t>
   </x:si>
   <x:si>
     <x:t>Администрация на Министерския съвет</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFOP002-1.004-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Община Гоце Делчев</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFOP002-1.030-0001-C03</x:t>
   </x:si>
   <x:si>
     <x:t>Община Гоце Делчев1</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFOP002-1.030-0001</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Доставка на резервни части и консумативи </x:t>
   </x:si>
   <x:si>
     <x:t>МИГ КОСТЕНЕЦ</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.041-0004-C03</x:t>
   </x:si>
   <x:si>
     <x:t>Тест оферта</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на лед</x:t>
   </x:si>
   <x:si>
     <x:t>Поръчка за нещо</x:t>
   </x:si>
   <x:si>
     <x:t>”ДЕЙ СТАР-13” ЕООД</x:t>
   </x:si>
   <x:si>
-    <x:t>BG16M1OP001-1.003-0001-C06</x:t>
+    <x:t>BG16M1OP001-1.003-0001-C08</x:t>
   </x:si>
   <x:si>
     <x:t>Строител</x:t>
   </x:si>
   <x:si>
     <x:t>Тестова процедура за външно възлагане</x:t>
   </x:si>
   <x:si>
     <x:t>BGTEST-1.001-0003-C03</x:t>
   </x:si>
   <x:si>
     <x:t>яве</x:t>
   </x:si>
   <x:si>
     <x:t>BG1846-2.008-0002-C04</x:t>
   </x:si>
   <x:si>
     <x:t>асд</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на  ябълки</x:t>
   </x:si>
   <x:si>
     <x:t>Кандидат 7 КО</x:t>
   </x:si>
@@ -1034,51 +1034,51 @@
   <x:si>
     <x:t>Доставка, монтаж и внедряване на високотехнологично производствено оборудване - ДМА и ДНА по следните обособени позиции:
 Обособена позиция 1: Специализиран 3D скенер за сканиране на крака - 1 брой;
 Обособена позиция 2: Специализиран софтуер за 3Д дизайн и проектиране на обувки - 1 брой,
 във връзка с изпълнение на договор № BG16RFOP002-2.040-1132-C01 - „Подобряване на производствения капацитет в "Ямболска частна обущарска работилница - 2008" ООД чрез внедряване на високотехнологично производствено оборудване“, финансиран по Оперативна програма „Иновации и конкурентоспособност“ 2014-2020"</x:t>
   </x:si>
   <x:si>
     <x:t>датаааа пмс</x:t>
   </x:si>
   <x:si>
     <x:t>БОР ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG1846-1.002-0001-C03</x:t>
   </x:si>
   <x:si>
     <x:t>Фирма 1846</x:t>
   </x:si>
   <x:si>
     <x:t>BG1846-2.013-0010-C04</x:t>
   </x:si>
   <x:si>
     <x:t>проба 1</x:t>
   </x:si>
   <x:si>
-    <x:t>BG1846-1.013-0001-C02</x:t>
+    <x:t>BG1846-1.013-0001-C03</x:t>
   </x:si>
   <x:si>
     <x:t>Комби 1</x:t>
   </x:si>
   <x:si>
     <x:t>BG1846-2.011-0001-C06</x:t>
   </x:si>
   <x:si>
     <x:t>Нова поръчка</x:t>
   </x:si>
   <x:si>
     <x:t>процедура за БЧК</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на храна нова</x:t>
   </x:si>
   <x:si>
     <x:t>СДРУЖЕНИЕ "ЦЕНТЪР ЗА ПРАВНА ЗАЩИТА" Виолета</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFOP001-4.002-0003-C04</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Упражняване на строителен надзор и извършване оценка на съответствие на инвестиционните проекти
 </x:t>
@@ -1152,51 +1152,54 @@
   <x:si>
     <x:t>ВЕНДОМАТИК</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M2OP001-4.003-0002-C02</x:t>
   </x:si>
   <x:si>
     <x:t>САЩ и Австралия и Нова Зеландия</x:t>
   </x:si>
   <x:si>
     <x:t>Нова с 2</x:t>
   </x:si>
   <x:si>
     <x:t>Комби 3</x:t>
   </x:si>
   <x:si>
     <x:t>BG1846-2.011-0003</x:t>
   </x:si>
   <x:si>
     <x:t>BG1846-2.011-0003-C03</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-5.003-0002-C08</x:t>
   </x:si>
   <x:si>
-    <x:t>BG-RRP-3.010-0001</x:t>
+    <x:t>еик 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG1846-1.002-0003</x:t>
   </x:si>
   <x:si>
     <x:t>Закупуване на хартия</x:t>
   </x:si>
   <x:si>
     <x:t>Община Ардино</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-12.009-0002</x:t>
   </x:si>
   <x:si>
     <x:t>Предмет на предвидената процедура (</x:t>
   </x:si>
   <x:si>
     <x:t>Лидия ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M2OP001-4.003-0009</x:t>
   </x:si>
   <x:si>
     <x:t>Процедура 1</x:t>
   </x:si>
   <x:si>
     <x:t>Пример АД</x:t>
   </x:si>
@@ -1213,51 +1216,51 @@
     <x:t>МЕТРОПОЛИТЕН ЕАД</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-12.007-0003-C02</x:t>
   </x:si>
   <x:si>
     <x:t>Тест Жоро</x:t>
   </x:si>
   <x:si>
     <x:t>Жоро</x:t>
   </x:si>
   <x:si>
     <x:t>Да обвърже</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Осигуряване на устен превод; писмен превод на документи и превод на информационни материали
 </x:t>
   </x:si>
   <x:si>
     <x:t>Сдружение Клуб по водни спортове</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-3.010-0003</x:t>
   </x:si>
   <x:si>
-    <x:t>BG-RRP-3.010-0003-C01</x:t>
+    <x:t>BG-RRP-3.010-0003-C02</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на облачни услуги и софтуер за нуждите на ВСУ "Черноризец Храбър"</x:t>
   </x:si>
   <x:si>
     <x:t>Медицински университет "Проф. д-р Параскев Стоянов" - Варна - (МФ, ФОЗ, Филиал Велико Търново, Филиал Сливен, Филиал Шумен и Медицински колеж)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Доставка и монтаж по обособени позиции, както следва: Обособена позиция 1: Топлоизолационни системи от сандвич панели за външни стени (315 м2) и за покрив (640 м2) Обособена позиция 2: PVC дограма (160 м2)	</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Доставка на селскостопанско оборудване – Лехообразувател с найлонополагащо.	</x:t>
   </x:si>
   <x:si>
     <x:t>Проект 111111</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-3.010-0002-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Включване на заети лица в специфични обучения за конкретното работно място</x:t>
   </x:si>
   <x:si>
     <x:t>ГАМА КОНСУЛТ-КАЛИНКИН</x:t>
   </x:si>
@@ -1337,51 +1340,51 @@
   <x:si>
     <x:t>BG-RRP-12.012-0001-C03</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка дрон</x:t>
   </x:si>
   <x:si>
     <x:t>Салон за красота Maria Wyatt</x:t>
   </x:si>
   <x:si>
     <x:t>Предмет на предвидената процедур</x:t>
   </x:si>
   <x:si>
     <x:t>Кратко описание</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-3.010-0008</x:t>
   </x:si>
   <x:si>
     <x:t>ПВУ Тест 456</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-3.010-0005</x:t>
   </x:si>
   <x:si>
-    <x:t>BG-RRP-3.010-0005-C01</x:t>
+    <x:t>BG-RRP-3.010-0005-C02</x:t>
   </x:si>
   <x:si>
     <x:t>черен исун</x:t>
   </x:si>
   <x:si>
     <x:t>ПВУТК12</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-5.008-0001-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Предмет на предвидената процедура 456</x:t>
   </x:si>
   <x:si>
     <x:t>BG16M1OP001-1.003-0001</x:t>
   </x:si>
   <x:si>
     <x:t>учебна година 1</x:t>
   </x:si>
   <x:si>
     <x:t>ГРАДИНА - РВ ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-12.008-0003-C01</x:t>
   </x:si>
@@ -1403,51 +1406,51 @@
   <x:si>
     <x:t>Вили транс ЕД Услуга</x:t>
   </x:si>
   <x:si>
     <x:t>Стопанска организация</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-12.014-0005</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-12.014-0005-C02</x:t>
   </x:si>
   <x:si>
     <x:t>Закупуване на Мини верижен товарач, Кофа комбинирана, Палетни вилици комплект, Каналокопател, Култиватор и парково гребло</x:t>
   </x:si>
   <x:si>
     <x:t>Услуги</x:t>
   </x:si>
   <x:si>
     <x:t>Ветрино</x:t>
   </x:si>
   <x:si>
     <x:t>алабала</x:t>
   </x:si>
   <x:si>
-    <x:t>FP2044-3.003-0002-C02</x:t>
+    <x:t>FP2044-3.003-0002-C03</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка, монтаж и въвеждане в експлоатация на следните дълготрайни материални активи по обособени позиции:</x:t>
   </x:si>
   <x:si>
     <x:t>ПРОФЕСИОНАЛНА ТЕХНИЧЕСКА ГИМНАЗИЯ "Д-Р Н.ВАСИЛИАДИ.</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-12.019-0002-C03</x:t>
   </x:si>
   <x:si>
     <x:t>редмет на предвидената процедур</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Доставка на специализирани машини
 </x:t>
   </x:si>
   <x:si>
     <x:t>Виви АД</x:t>
   </x:si>
   <x:si>
     <x:t>Тутурутка Варна</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-1.006-0001-C01</x:t>
@@ -1485,51 +1488,51 @@
   <x:si>
     <x:t>Кратко описание на проектното предложение (до 2 000 символа) 0</x:t>
   </x:si>
   <x:si>
     <x:t>BG16M1OP001-1.003-0019-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Предмет на прредмет на предвидената процедур</x:t>
   </x:si>
   <x:si>
     <x:t>Трети</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-12.020-0003</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-12.020-0003-C03</x:t>
   </x:si>
   <x:si>
     <x:t>ЕФСУ 456</x:t>
   </x:si>
   <x:si>
     <x:t>2021BG16RFOP001-2.005-0008</x:t>
   </x:si>
   <x:si>
-    <x:t>2021BG16RFOP001-2.005-0008-C06</x:t>
+    <x:t>2021BG16RFOP001-2.005-0008-C07</x:t>
   </x:si>
   <x:si>
     <x:t>тест ИРЕНА</x:t>
   </x:si>
   <x:si>
     <x:t>Ася</x:t>
   </x:si>
   <x:si>
     <x:t>ася2</x:t>
   </x:si>
   <x:si>
     <x:t>Първи</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-12.020-0001</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-12.020-0001-C01</x:t>
   </x:si>
   <x:si>
     <x:t>НАП напомни, че има 20% отстъпка, ако акт се плати до 14 дни</x:t>
   </x:si>
   <x:si>
     <x:t>СВЕТОЕЛ ЕООД</x:t>
   </x:si>
@@ -1590,68 +1593,71 @@
   <x:si>
     <x:t>FP2044-2.008-0001-C07</x:t>
   </x:si>
   <x:si>
     <x:t>втора</x:t>
   </x:si>
   <x:si>
     <x:t>Предмет на предвидената процедура февруари 2024  lt;дссд"</x:t>
   </x:si>
   <x:si>
     <x:t>СДРУЖЕНИЕ С НЕСТОПАНСКА ЦЕЛ ИНСТИТУТ ЗА РАЗВИТИЕ НА ЕВРОПЕЙСКО ГРАЖДАНСКО ОБЩЕСТВО</x:t>
   </x:si>
   <x:si>
     <x:t>2021BG16RFOP001-3.006-0001</x:t>
   </x:si>
   <x:si>
     <x:t>оставка и въвеждане в експлоатация по 3 обособени позиции:
 Обособена позиция № 1 Mашина за поставяне на самозалепваща се лента за затваряне на ъглите на твърди кутии- 1 брой
 Обособена позиция №2 Автоматична линия за облепване на твърди кутии с хартия - 1 брой
 Обособена позиция №3 Режеща маса - 1 брой</x:t>
   </x:si>
   <x:si>
     <x:t>РАЙОН "НАДЕЖДА"</x:t>
   </x:si>
   <x:si>
-    <x:t>BG-RRP-12.023-0004-C01</x:t>
+    <x:t>BG-RRP-12.023-0004-C02</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-12.023-0004</x:t>
   </x:si>
   <x:si>
     <x:t>19092024Космос ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG1846-1.001-0002-C06</x:t>
   </x:si>
   <x:si>
     <x:t>МИНИСТЕРСТВО НА ЗДРАВЕОПАЗВАНЕТО</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-12.005-0005-C01</x:t>
   </x:si>
   <x:si>
+    <x:t>BG1846-1.002-0001</x:t>
+  </x:si>
+  <x:si>
     <x:t>СТОЛИЧНА ОБЩИНА</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-5.014-0001-C03</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на .....</x:t>
   </x:si>
   <x:si>
     <x:t>Министерство на вътрешните работи</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.001-0002-C02</x:t>
   </x:si>
   <x:si>
     <x:t>Живко ЕАД</x:t>
   </x:si>
   <x:si>
     <x:t>2021BG16RFOP001-2.005-0010-C03</x:t>
   </x:si>
   <x:si>
     <x:t>бай бай</x:t>
   </x:si>
   <x:si>
     <x:t>НАЦИОНАЛНА КОМПАНИЯ "ЖЕЛЕЗОПЪТНА ИНФРАСТРУКТУРА"</x:t>
@@ -1659,157 +1665,183 @@
   <x:si>
     <x:t>BG06RDNP001-15.002-0004-C02</x:t>
   </x:si>
   <x:si>
     <x:t>кандидат многоосов3333333333333</x:t>
   </x:si>
   <x:si>
     <x:t>FP2044-4.001-0002-C03</x:t>
   </x:si>
   <x:si>
     <x:t>Осигуряване на социални придобивки за работещите чрез доставката и въвеждането в експлоатация на Масажен стол за обзавеждането на контейнер, представляващ помещение за активна почивка за работниците и служителите.</x:t>
   </x:si>
   <x:si>
     <x:t>СВЕТА АННА - ФИШ ООД</x:t>
   </x:si>
   <x:si>
     <x:t>2021BG16RFOP001-1.001-0003</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Перник нова </x:t>
   </x:si>
   <x:si>
     <x:t>МИНИСТЕРСТВО НА ФИНАНСИТЕ</x:t>
   </x:si>
   <x:si>
-    <x:t>BG-RRP-10.001-0003-C07</x:t>
+    <x:t>BG-RRP-10.001-0003-C08</x:t>
   </x:si>
   <x:si>
     <x:t>тест 3</x:t>
   </x:si>
   <x:si>
     <x:t>НИИ-2.001-0001-C03</x:t>
   </x:si>
   <x:si>
     <x:t>предмети за доставка</x:t>
   </x:si>
   <x:si>
     <x:t>БДЖ Пътнически превози ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16M1OP001-1.003-0018-C03</x:t>
   </x:si>
   <x:si>
     <x:t>Изграждане на животновъдни обекти</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">АГРОМАГИ ЕООД
-[...3 lines deleted...]
-    <x:t>2021BG16RFOP001-2.005-0009</x:t>
+    <x:t>Община макреш</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-12.025-0002</x:t>
   </x:si>
   <x:si>
     <x:t>нздф</x:t>
   </x:si>
   <x:si>
     <x:t>Летял в самолет</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-12.006-0008</x:t>
   </x:si>
   <x:si>
     <x:t>Аааа</x:t>
   </x:si>
   <x:si>
     <x:t>Втори Канди место 2.5</x:t>
   </x:si>
   <x:si>
     <x:t>FP2044-3.009-0002-C02</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">„Изграждане на високотехнологично рибовъдно стопанство“	</x:t>
   </x:si>
   <x:si>
-    <x:t>ЦВЕТИН АД</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">СМР за подобряване на енергийната ефективност на производствена сграда	</x:t>
   </x:si>
   <x:si>
-    <x:t>ЕКОПЛАСТИКС</x:t>
+    <x:t>СОФИЙСКИ УНИВЕРСИТЕТ "СВ.КЛИМЕНТ ОХРИДСКИ" - два региона</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR002-1.003-0001</x:t>
   </x:si>
   <x:si>
     <x:t>да полетим</x:t>
   </x:si>
   <x:si>
     <x:t>летяла</x:t>
   </x:si>
   <x:si>
     <x:t>Ивана- Инвестиция Образование</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-1.006-0004-C10</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка,монтаж и въвеждане в експлоатация на специализирано оборудване за шивашко ателие.
 Обособена позиция 1 - Бродираща машина за малки и големи детайли. 1 бр.
 Обособена позиция 2 - Машина за ситопечат- 1 бр.,
 Обособена позиция 3 - Индустриална химична машина с перхлоретилен- 1 бр., Обособена позиция 4 - Гатер ножица- 1 бр.,</x:t>
   </x:si>
   <x:si>
     <x:t>BG16FFPR003-4.004-0001-C01</x:t>
   </x:si>
   <x:si>
     <x:t>пътно смр</x:t>
   </x:si>
   <x:si>
     <x:t>Строителство на ЖО</x:t>
   </x:si>
   <x:si>
     <x:t>Агрострой</x:t>
   </x:si>
   <x:si>
     <x:t>Агрифарм</x:t>
   </x:si>
   <x:si>
-    <x:t>BG-RRP-6.006-0002-C02</x:t>
+    <x:t>BG-RRP-6.006-0002-C03</x:t>
   </x:si>
   <x:si>
     <x:t>ремонт</x:t>
   </x:si>
   <x:si>
     <x:t>Закупуване на 6 бр. санитарни превозни средства за транспорт по въздух (хеликоптери), осигурени с необходимото оборудване и апаратура за нуждите на спешната медицинска помощ по ДБФП № РД-02-37-98/08.10.2020 г. по Проект № BG16RFOP001-4.002-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Тест 456</x:t>
   </x:si>
   <x:si>
-    <x:t>вертг</x:t>
-[...2 lines deleted...]
-    <x:t>BG16M1OP001-1.003-0011</x:t>
+    <x:t>ЗДРАВЕ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2021BG16RFOP001-2.006-0003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Изготвяне на проектни предложения по процедура №  на програма „ПРР“ 2021-2027 г.“</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Текущ ремонт на помещения	</x:t>
+  </x:si>
+  <x:si>
+    <x:t>енергийната ефективност на производствена сграда</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Кан</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FP2044-5.004-0001-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДОСТАВКА НА МАТЕРИАЛИ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2021BG16RFOP001-2.006-0003-C03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Здравеопазване 2021-2027 456</x:t>
   </x:si>
   <x:si>
     <x:t>Тръжна процедура 456</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
@@ -2161,51 +2193,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D365"/>
+  <x:dimension ref="A1:D376"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="40.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="2">
@@ -2946,51 +2978,51 @@
         <x:v>62</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2">
         <x:v>43531</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2">
         <x:v>43533</x:v>
       </x:c>
       <x:c r="B56" s="2">
-        <x:v>45724</x:v>
+        <x:v>46089</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2">
         <x:v>43585</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2">
         <x:v>43615</x:v>
@@ -5370,55 +5402,55 @@
       <x:c r="D227" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:4">
       <x:c r="A228" s="2">
         <x:v>44842</x:v>
       </x:c>
       <x:c r="B228" s="0" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C228" s="0" t="n">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:4">
       <x:c r="A229" s="2">
         <x:v>44843</x:v>
       </x:c>
       <x:c r="B229" s="0" t="n">
         <x:v>1092022</x:v>
       </x:c>
-      <x:c r="C229" s="0" t="n">
-        <x:v>555555555</x:v>
+      <x:c r="C229" s="0" t="s">
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:4">
       <x:c r="A230" s="2">
         <x:v>44843</x:v>
       </x:c>
       <x:c r="B230" s="0" t="n">
         <x:v>202020092022</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:4">
       <x:c r="A231" s="2">
         <x:v>44843</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
         <x:v>298</x:v>
@@ -5438,1845 +5470,2005 @@
         <x:v>362</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:4">
       <x:c r="A233" s="2">
         <x:v>44889</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:4">
       <x:c r="A234" s="2">
         <x:v>44895</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:4">
       <x:c r="A235" s="2">
         <x:v>44917</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:4">
       <x:c r="A236" s="2">
         <x:v>44917</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:4">
       <x:c r="A237" s="2">
         <x:v>44917</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:4">
       <x:c r="A238" s="2">
         <x:v>44953</x:v>
       </x:c>
       <x:c r="B238" s="0" t="n">
         <x:v>123123</x:v>
       </x:c>
       <x:c r="C238" s="0" t="n">
         <x:v>831562486</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:4">
       <x:c r="A239" s="2">
         <x:v>44985</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:4">
       <x:c r="A240" s="2">
         <x:v>44985</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s"/>
     </x:row>
     <x:row r="241" spans="1:4">
       <x:c r="A241" s="2">
         <x:v>44997</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:4">
       <x:c r="A242" s="2">
         <x:v>44997</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:4">
       <x:c r="A243" s="2">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:4">
       <x:c r="A244" s="2">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:4">
       <x:c r="A245" s="2">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s"/>
     </x:row>
     <x:row r="246" spans="1:4">
       <x:c r="A246" s="2">
         <x:v>45016</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:4">
       <x:c r="A247" s="2">
         <x:v>45016</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:4">
       <x:c r="A248" s="2">
         <x:v>45016</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s"/>
     </x:row>
     <x:row r="249" spans="1:4">
       <x:c r="A249" s="2">
         <x:v>45016</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:4">
       <x:c r="A250" s="2">
         <x:v>45037</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:4">
       <x:c r="A251" s="2">
         <x:v>45041</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s"/>
     </x:row>
     <x:row r="252" spans="1:4">
       <x:c r="A252" s="2">
         <x:v>45042</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s"/>
     </x:row>
     <x:row r="253" spans="1:4">
       <x:c r="A253" s="2">
         <x:v>45046</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:4">
       <x:c r="A254" s="2">
         <x:v>45046</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:4">
       <x:c r="A255" s="2">
         <x:v>45050</x:v>
       </x:c>
       <x:c r="B255" s="0" t="n">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:4">
       <x:c r="A256" s="2">
         <x:v>45051</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:4">
       <x:c r="A257" s="2">
         <x:v>45051</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:4">
       <x:c r="A258" s="2">
         <x:v>45052</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:4">
       <x:c r="A259" s="2">
         <x:v>45052</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:4">
       <x:c r="A260" s="2">
         <x:v>45055</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:4">
       <x:c r="A261" s="2">
         <x:v>45055</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:4">
       <x:c r="A262" s="2">
         <x:v>45056</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:4">
       <x:c r="A263" s="2">
         <x:v>45056</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:4">
       <x:c r="A264" s="2">
         <x:v>45056</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:4">
       <x:c r="A265" s="2">
         <x:v>45062</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:4">
       <x:c r="A266" s="2">
         <x:v>45062</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:4">
       <x:c r="A267" s="2">
         <x:v>45073</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="C267" s="0" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="D267" s="0" t="s">
         <x:v>430</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:4">
       <x:c r="A268" s="2">
         <x:v>45073</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:4">
       <x:c r="A269" s="2">
         <x:v>45073</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:4">
       <x:c r="A270" s="2">
         <x:v>45073</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:4">
       <x:c r="A271" s="2">
         <x:v>45108</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:4">
       <x:c r="A272" s="2">
         <x:v>45138</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:4">
       <x:c r="A273" s="2">
         <x:v>45138</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:4">
       <x:c r="A274" s="2">
         <x:v>45143</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s"/>
     </x:row>
     <x:row r="275" spans="1:4">
       <x:c r="A275" s="2">
         <x:v>45143</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:4">
       <x:c r="A276" s="2">
         <x:v>45149</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:4">
       <x:c r="A277" s="2">
         <x:v>45149</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:4">
       <x:c r="A278" s="2">
         <x:v>45162</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:4">
       <x:c r="A279" s="2">
         <x:v>45162</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:4">
       <x:c r="A280" s="2">
         <x:v>45169</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:4">
       <x:c r="A281" s="2">
         <x:v>45199</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s"/>
     </x:row>
     <x:row r="282" spans="1:4">
       <x:c r="A282" s="2">
         <x:v>45206</x:v>
       </x:c>
       <x:c r="B282" s="0" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C282" s="0" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s"/>
     </x:row>
     <x:row r="283" spans="1:4">
       <x:c r="A283" s="2">
         <x:v>45209</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:4">
       <x:c r="A284" s="2">
         <x:v>45209</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:4">
       <x:c r="A285" s="2">
         <x:v>45210</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="C285" s="0" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="D285" s="0" t="s">
         <x:v>455</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:4">
       <x:c r="A286" s="2">
         <x:v>45210</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:4">
       <x:c r="A287" s="2">
         <x:v>45212</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s"/>
     </x:row>
     <x:row r="288" spans="1:4">
       <x:c r="A288" s="2">
         <x:v>45216</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C288" s="0" t="n">
         <x:v>1.23123455454455E+43</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:4">
       <x:c r="A289" s="2">
         <x:v>45230</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:4">
       <x:c r="A290" s="2">
         <x:v>45252</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:4">
       <x:c r="A291" s="2">
         <x:v>45260</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s"/>
     </x:row>
     <x:row r="292" spans="1:4">
       <x:c r="A292" s="2">
         <x:v>45260</x:v>
       </x:c>
       <x:c r="B292" s="0" t="n">
         <x:v>17112023</x:v>
       </x:c>
       <x:c r="C292" s="0" t="n">
         <x:v>17112023</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s"/>
     </x:row>
     <x:row r="293" spans="1:4">
       <x:c r="A293" s="2">
         <x:v>45279</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:4">
       <x:c r="A294" s="2">
         <x:v>45280</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="C294" s="0" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="D294" s="0" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:4">
       <x:c r="A295" s="2">
         <x:v>45304</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s"/>
     </x:row>
     <x:row r="296" spans="1:4">
       <x:c r="A296" s="2">
         <x:v>45304</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s"/>
     </x:row>
     <x:row r="297" spans="1:4">
       <x:c r="A297" s="2">
         <x:v>45316</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:4">
       <x:c r="A298" s="2">
         <x:v>45322</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:4">
       <x:c r="A299" s="2">
         <x:v>45324</x:v>
       </x:c>
       <x:c r="B299" s="0" t="n">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:4">
       <x:c r="A300" s="2">
         <x:v>45351</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:4">
       <x:c r="A301" s="2">
         <x:v>45359</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:4">
       <x:c r="A302" s="2">
         <x:v>45361</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:4">
       <x:c r="A303" s="2">
         <x:v>45361</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:4">
       <x:c r="A304" s="2">
         <x:v>45381</x:v>
       </x:c>
       <x:c r="B304" s="0" t="n">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:4">
       <x:c r="A305" s="2">
         <x:v>45381</x:v>
       </x:c>
       <x:c r="B305" s="0" t="n">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:4">
       <x:c r="A306" s="2">
         <x:v>45381</x:v>
       </x:c>
       <x:c r="B306" s="0" t="n">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:4">
       <x:c r="A307" s="2">
         <x:v>45382</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:4">
       <x:c r="A308" s="2">
         <x:v>45386</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:4">
       <x:c r="A309" s="2">
         <x:v>45386</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:4">
       <x:c r="A310" s="2">
         <x:v>45412</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:4">
       <x:c r="A311" s="2">
         <x:v>45508</x:v>
       </x:c>
       <x:c r="B311" s="0" t="n">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:4">
       <x:c r="A312" s="2">
         <x:v>45508</x:v>
       </x:c>
       <x:c r="B312" s="0" t="n">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:4">
       <x:c r="A313" s="2">
         <x:v>45514</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:4">
       <x:c r="A314" s="2">
         <x:v>45519</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:4">
       <x:c r="A315" s="2">
         <x:v>45520</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:4">
       <x:c r="A316" s="2">
         <x:v>45531</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:4">
       <x:c r="A317" s="2">
         <x:v>45532</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:4">
       <x:c r="A318" s="2">
         <x:v>45534</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:4">
       <x:c r="A319" s="2">
         <x:v>45534</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s"/>
     </x:row>
     <x:row r="320" spans="1:4">
       <x:c r="A320" s="2">
         <x:v>45535</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:4">
       <x:c r="A321" s="2">
         <x:v>45535</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:4">
       <x:c r="A322" s="2">
         <x:v>45554</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:4">
       <x:c r="A323" s="2">
         <x:v>45559</x:v>
       </x:c>
       <x:c r="B323" s="0" t="n">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:4">
       <x:c r="A324" s="2">
         <x:v>45559</x:v>
       </x:c>
       <x:c r="B324" s="0" t="n">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C324" s="0" t="n">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s"/>
     </x:row>
     <x:row r="325" spans="1:4">
       <x:c r="A325" s="2">
         <x:v>45560</x:v>
       </x:c>
       <x:c r="B325" s="0" t="n">
         <x:v>123123</x:v>
       </x:c>
       <x:c r="C325" s="0" t="n">
         <x:v>123123</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s"/>
     </x:row>
     <x:row r="326" spans="1:4">
       <x:c r="A326" s="2">
         <x:v>45562</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:4">
       <x:c r="A327" s="2">
         <x:v>45565</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:4">
       <x:c r="A328" s="2">
         <x:v>45565</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:4">
       <x:c r="A329" s="2">
         <x:v>45565</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:4">
       <x:c r="A330" s="2">
         <x:v>45567</x:v>
       </x:c>
       <x:c r="B330" s="0" t="n">
         <x:v>111111111111</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:4">
       <x:c r="A331" s="2">
         <x:v>45568</x:v>
       </x:c>
       <x:c r="B331" s="0" t="n">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C331" s="0" t="n">
         <x:v>3333</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s"/>
     </x:row>
     <x:row r="332" spans="1:4">
       <x:c r="A332" s="2">
         <x:v>45568</x:v>
       </x:c>
       <x:c r="B332" s="0" t="n">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:4">
       <x:c r="A333" s="2">
         <x:v>45580</x:v>
       </x:c>
       <x:c r="B333" s="0" t="n">
         <x:v>222222</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:4">
       <x:c r="A334" s="2">
         <x:v>45604</x:v>
       </x:c>
       <x:c r="B334" s="0" t="n">
         <x:v>9999</x:v>
       </x:c>
-      <x:c r="C334" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="D334" s="0" t="s"/>
+      <x:c r="C334" s="0" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="D334" s="0" t="s">
+        <x:v>527</x:v>
+      </x:c>
     </x:row>
     <x:row r="335" spans="1:4">
       <x:c r="A335" s="2">
         <x:v>45606</x:v>
       </x:c>
       <x:c r="B335" s="0" t="n">
         <x:v>456456456</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:4">
       <x:c r="A336" s="2">
         <x:v>45612</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:4">
       <x:c r="A337" s="2">
         <x:v>45624</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:4">
       <x:c r="A338" s="2">
         <x:v>45626</x:v>
       </x:c>
       <x:c r="B338" s="0" t="n">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:4">
       <x:c r="A339" s="2">
         <x:v>45646</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:4">
       <x:c r="A340" s="2">
         <x:v>45662</x:v>
       </x:c>
       <x:c r="B340" s="0" t="n">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s"/>
     </x:row>
     <x:row r="341" spans="1:4">
       <x:c r="A341" s="2">
         <x:v>45692</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:4">
       <x:c r="A342" s="2">
         <x:v>45694</x:v>
       </x:c>
       <x:c r="B342" s="0" t="n">
         <x:v>123123</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:4">
       <x:c r="A343" s="2">
         <x:v>45694</x:v>
       </x:c>
       <x:c r="B343" s="0" t="n">
         <x:v>3333</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:4">
       <x:c r="A344" s="2">
         <x:v>45694</x:v>
       </x:c>
       <x:c r="B344" s="0" t="n">
         <x:v>123123</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:4">
       <x:c r="A345" s="2">
         <x:v>45716</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:4">
       <x:c r="A346" s="2">
         <x:v>45745</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:4">
       <x:c r="A347" s="2">
         <x:v>45750</x:v>
       </x:c>
       <x:c r="B347" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:4">
       <x:c r="A348" s="2">
         <x:v>45762</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:4">
       <x:c r="A349" s="2">
         <x:v>45764</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:4">
       <x:c r="A350" s="2">
         <x:v>45777</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:4">
       <x:c r="A351" s="2">
         <x:v>45780</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:4">
       <x:c r="A352" s="2">
         <x:v>45788</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:4">
       <x:c r="A353" s="2">
         <x:v>45797</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>559</x:v>
-[...1 lines deleted...]
-      <x:c r="D353" s="0" t="s"/>
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="D353" s="0" t="s">
+        <x:v>553</x:v>
+      </x:c>
     </x:row>
     <x:row r="354" spans="1:4">
       <x:c r="A354" s="2">
         <x:v>45807</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
-        <x:v>561</x:v>
-[...1 lines deleted...]
-      <x:c r="D354" s="0" t="s"/>
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="D354" s="0" t="s">
+        <x:v>563</x:v>
+      </x:c>
     </x:row>
     <x:row r="355" spans="1:4">
       <x:c r="A355" s="2">
         <x:v>45812</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s"/>
     </x:row>
     <x:row r="356" spans="1:4">
       <x:c r="A356" s="2">
         <x:v>45819</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:4">
       <x:c r="A357" s="2">
         <x:v>45867</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:4">
       <x:c r="A358" s="2">
         <x:v>45867</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:4">
       <x:c r="A359" s="2">
         <x:v>45868</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s"/>
     </x:row>
     <x:row r="360" spans="1:4">
       <x:c r="A360" s="2">
         <x:v>45868</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:4">
       <x:c r="A361" s="2">
         <x:v>45869</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="C361" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
-      <x:c r="C361" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:4">
       <x:c r="A362" s="2">
         <x:v>45901</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:4">
       <x:c r="A363" s="2">
         <x:v>45961</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:4">
       <x:c r="A364" s="2">
-        <x:v>46265</x:v>
+        <x:v>45980</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:4">
       <x:c r="A365" s="2">
+        <x:v>45980</x:v>
+      </x:c>
+      <x:c r="B365" s="0" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="C365" s="0" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="D365" s="0" t="s">
+        <x:v>563</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="366" spans="1:4">
+      <x:c r="A366" s="2">
+        <x:v>45985</x:v>
+      </x:c>
+      <x:c r="B366" s="0" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="C366" s="0" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="D366" s="0" t="s">
+        <x:v>563</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="367" spans="1:4">
+      <x:c r="A367" s="2">
+        <x:v>45988</x:v>
+      </x:c>
+      <x:c r="B367" s="0" t="n">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="C367" s="0" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="D367" s="0" t="s">
+        <x:v>584</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="368" spans="1:4">
+      <x:c r="A368" s="2">
+        <x:v>45998</x:v>
+      </x:c>
+      <x:c r="B368" s="0" t="n">
+        <x:v>1911</x:v>
+      </x:c>
+      <x:c r="C368" s="0" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="D368" s="0" t="s">
+        <x:v>477</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="369" spans="1:4">
+      <x:c r="A369" s="2">
+        <x:v>46008</x:v>
+      </x:c>
+      <x:c r="B369" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C369" s="0" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="D369" s="0" t="s">
+        <x:v>574</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="370" spans="1:4">
+      <x:c r="A370" s="2">
+        <x:v>46009</x:v>
+      </x:c>
+      <x:c r="B370" s="0" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="C370" s="0" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="D370" s="0" t="s">
+        <x:v>574</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="371" spans="1:4">
+      <x:c r="A371" s="2">
+        <x:v>46010</x:v>
+      </x:c>
+      <x:c r="B371" s="0" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="C371" s="0" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="D371" s="0" t="s">
+        <x:v>574</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="372" spans="1:4">
+      <x:c r="A372" s="2">
+        <x:v>46022</x:v>
+      </x:c>
+      <x:c r="B372" s="0" t="n">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="C372" s="0" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="D372" s="0" t="s">
+        <x:v>587</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="373" spans="1:4">
+      <x:c r="A373" s="2">
+        <x:v>46023</x:v>
+      </x:c>
+      <x:c r="B373" s="0" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="C373" s="0" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="D373" s="0" t="s">
+        <x:v>579</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="374" spans="1:4">
+      <x:c r="A374" s="2">
+        <x:v>46023</x:v>
+      </x:c>
+      <x:c r="B374" s="0" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="C374" s="0" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="D374" s="0" t="s">
+        <x:v>587</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="375" spans="1:4">
+      <x:c r="A375" s="2">
         <x:v>46265</x:v>
       </x:c>
-      <x:c r="B365" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="D365" s="0" t="s">
+      <x:c r="B375" s="0" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="C375" s="0" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="D375" s="0" t="s">
         <x:v>486</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="376" spans="1:4">
+      <x:c r="A376" s="2">
+        <x:v>46265</x:v>
+      </x:c>
+      <x:c r="B376" s="0" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="C376" s="0" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="D376" s="0" t="s">
+        <x:v>487</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>