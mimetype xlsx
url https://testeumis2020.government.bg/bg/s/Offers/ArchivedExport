--- v1 (2026-02-14)
+++ v2 (2026-02-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49486531517f4b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7a82ecfb0229477996000e3636bcd224.psmdcp" Id="R620537608fa545f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0087f6e9d21f4d75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bf69af3f651f400198bdad11c0e58a4d.psmdcp" Id="R098207b2bf2343f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Архив" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="590" uniqueCount="590">
   <x:si>
     <x:t>Крайна дата за подаване на оферти</x:t>
   </x:si>
   <x:si>
     <x:t>Предмет на предвидената процедура</x:t>
   </x:si>
   <x:si>