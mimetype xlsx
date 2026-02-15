--- v2 (2026-02-14)
+++ v3 (2026-02-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0087f6e9d21f4d75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bf69af3f651f400198bdad11c0e58a4d.psmdcp" Id="R098207b2bf2343f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff0aabaefde948f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98c70d01182b4d7bac3487ab7467480c.psmdcp" Id="R46940f6b0c1746c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Архив" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="590" uniqueCount="590">
   <x:si>
     <x:t>Крайна дата за подаване на оферти</x:t>
   </x:si>
   <x:si>
     <x:t>Предмет на предвидената процедура</x:t>
   </x:si>
   <x:si>