--- v3 (2026-02-15)
+++ v4 (2026-03-08)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff0aabaefde948f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98c70d01182b4d7bac3487ab7467480c.psmdcp" Id="R46940f6b0c1746c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra30f101d3aa1404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6cffcb1d68ab4e0380d4359a8b01904f.psmdcp" Id="R76749b13c88c430f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Архив" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="590" uniqueCount="590">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="593" uniqueCount="593">
   <x:si>
     <x:t>Крайна дата за подаване на оферти</x:t>
   </x:si>
   <x:si>
     <x:t>Предмет на предвидената процедура</x:t>
   </x:si>
   <x:si>
     <x:t>Бенефициент</x:t>
   </x:si>
   <x:si>
     <x:t>Номер на договор за БФП</x:t>
   </x:si>
   <x:si>
     <x:t>Външна процедура</x:t>
   </x:si>
   <x:si>
     <x:t>Национална компания "Стратегически инфраструктурни проекти"</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFOP002-3.002-0010-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Предмет на предвидената процедура </x:t>
   </x:si>
   <x:si>
@@ -166,51 +166,51 @@
     <x:t>BG16RFOP002-2.016-0003-C01</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.017-0001-C03</x:t>
   </x:si>
   <x:si>
     <x:t>Пример:
 Закупуване и доставка на ДМА по Дейност 1 (ДМА се изброят)</x:t>
   </x:si>
   <x:si>
     <x:t>тест</x:t>
   </x:si>
   <x:si>
     <x:t>ПРОФЕСИОНАЛНА ГИМНАЗИЯ ПО СЕЛСКО СТОПАНСТВО И ТУРИЗЪМ "АЛЕКО КОНСТАНТИНОВ</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M2OP001-2.005-0004-C04</x:t>
   </x:si>
   <x:si>
     <x:t>Техника</x:t>
   </x:si>
   <x:si>
     <x:t>МИНИСТЕРСКИ СЪВЕТ1</x:t>
   </x:si>
   <x:si>
-    <x:t>BG65ISNP001-5.001-0002-C04</x:t>
+    <x:t>BG65ISNP001-5.001-0002-C05</x:t>
   </x:si>
   <x:si>
     <x:t>Procedura</x:t>
   </x:si>
   <x:si>
     <x:t>МЕКОМ АД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFOP002-1.002-0001-C02</x:t>
   </x:si>
   <x:si>
     <x:t>Иновации</x:t>
   </x:si>
   <x:si>
     <x:t>Предмет на предвидената процедура (до 1 000 символа)</x:t>
   </x:si>
   <x:si>
     <x:t>ОБЩИНА БЕЛОВО</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.030-0001-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка</x:t>
   </x:si>
@@ -1488,51 +1488,51 @@
   <x:si>
     <x:t>Кратко описание на проектното предложение (до 2 000 символа) 0</x:t>
   </x:si>
   <x:si>
     <x:t>BG16M1OP001-1.003-0019-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Предмет на прредмет на предвидената процедур</x:t>
   </x:si>
   <x:si>
     <x:t>Трети</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-12.020-0003</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-12.020-0003-C03</x:t>
   </x:si>
   <x:si>
     <x:t>ЕФСУ 456</x:t>
   </x:si>
   <x:si>
     <x:t>2021BG16RFOP001-2.005-0008</x:t>
   </x:si>
   <x:si>
-    <x:t>2021BG16RFOP001-2.005-0008-C07</x:t>
+    <x:t>2021BG16RFOP001-2.005-0008-C10</x:t>
   </x:si>
   <x:si>
     <x:t>тест ИРЕНА</x:t>
   </x:si>
   <x:si>
     <x:t>Ася</x:t>
   </x:si>
   <x:si>
     <x:t>ася2</x:t>
   </x:si>
   <x:si>
     <x:t>Първи</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-12.020-0001</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-12.020-0001-C01</x:t>
   </x:si>
   <x:si>
     <x:t>НАП напомни, че има 20% отстъпка, ако акт се плати до 14 дни</x:t>
   </x:si>
   <x:si>
     <x:t>СВЕТОЕЛ ЕООД</x:t>
   </x:si>
@@ -1740,111 +1740,120 @@
   <x:si>
     <x:t>СОФИЙСКИ УНИВЕРСИТЕТ "СВ.КЛИМЕНТ ОХРИДСКИ" - два региона</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR002-1.003-0001</x:t>
   </x:si>
   <x:si>
     <x:t>да полетим</x:t>
   </x:si>
   <x:si>
     <x:t>летяла</x:t>
   </x:si>
   <x:si>
     <x:t>Ивана- Инвестиция Образование</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-1.006-0004-C10</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка,монтаж и въвеждане в експлоатация на специализирано оборудване за шивашко ателие.
 Обособена позиция 1 - Бродираща машина за малки и големи детайли. 1 бр.
 Обособена позиция 2 - Машина за ситопечат- 1 бр.,
 Обособена позиция 3 - Индустриална химична машина с перхлоретилен- 1 бр., Обособена позиция 4 - Гатер ножица- 1 бр.,</x:t>
   </x:si>
   <x:si>
-    <x:t>BG16FFPR003-4.004-0001-C01</x:t>
+    <x:t>BG16FFPR003-4.004-0001-C02</x:t>
   </x:si>
   <x:si>
     <x:t>пътно смр</x:t>
   </x:si>
   <x:si>
     <x:t>Строителство на ЖО</x:t>
   </x:si>
   <x:si>
     <x:t>Агрострой</x:t>
   </x:si>
   <x:si>
     <x:t>Агрифарм</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-6.006-0002-C03</x:t>
   </x:si>
   <x:si>
     <x:t>ремонт</x:t>
   </x:si>
   <x:si>
     <x:t>Закупуване на 6 бр. санитарни превозни средства за транспорт по въздух (хеликоптери), осигурени с необходимото оборудване и апаратура за нуждите на спешната медицинска помощ по ДБФП № РД-02-37-98/08.10.2020 г. по Проект № BG16RFOP001-4.002-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Тест 456</x:t>
   </x:si>
   <x:si>
     <x:t>ЗДРАВЕ ООД</x:t>
   </x:si>
   <x:si>
     <x:t>2021BG16RFOP001-2.006-0003</x:t>
   </x:si>
   <x:si>
     <x:t>„Изготвяне на проектни предложения по процедура №  на програма „ПРР“ 2021-2027 г.“</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Текущ ремонт на помещения	</x:t>
   </x:si>
   <x:si>
     <x:t>енергийната ефективност на производствена сграда</x:t>
   </x:si>
   <x:si>
     <x:t>Кан</x:t>
   </x:si>
   <x:si>
-    <x:t>FP2044-5.004-0001-C02</x:t>
+    <x:t>FP2044-5.004-0001-C03</x:t>
   </x:si>
   <x:si>
     <x:t>Закупуване</x:t>
   </x:si>
   <x:si>
     <x:t>ДОСТАВКА НА МАТЕРИАЛИ</x:t>
   </x:si>
   <x:si>
     <x:t>2021BG16RFOP001-2.006-0003-C03</x:t>
   </x:si>
   <x:si>
     <x:t>Здравеопазване 2021-2027 456</x:t>
   </x:si>
   <x:si>
+    <x:t>тест ИС</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEts</x:t>
+  </x:si>
+  <x:si>
     <x:t>Тръжна процедура 456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Предмет 456</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -2193,51 +2202,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D376"/>
+  <x:dimension ref="A1:D380"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="40.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="2">
@@ -7401,74 +7410,130 @@
         <x:v>588</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:4">
       <x:c r="A374" s="2">
         <x:v>46023</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:4">
       <x:c r="A375" s="2">
-        <x:v>46265</x:v>
+        <x:v>46073</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:4">
       <x:c r="A376" s="2">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="B376" s="0" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="C376" s="0" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="D376" s="0" t="s">
+        <x:v>499</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="377" spans="1:4">
+      <x:c r="A377" s="2">
+        <x:v>46111</x:v>
+      </x:c>
+      <x:c r="B377" s="0" t="n">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C377" s="0" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="D377" s="0" t="s">
+        <x:v>438</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="378" spans="1:4">
+      <x:c r="A378" s="2">
         <x:v>46265</x:v>
       </x:c>
-      <x:c r="B376" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C376" s="0" t="s">
+      <x:c r="B378" s="0" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="C378" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="D376" s="0" t="s">
+      <x:c r="D378" s="0" t="s">
+        <x:v>486</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="379" spans="1:4">
+      <x:c r="A379" s="2">
+        <x:v>46265</x:v>
+      </x:c>
+      <x:c r="B379" s="0" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="C379" s="0" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="D379" s="0" t="s">
         <x:v>487</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="380" spans="1:4">
+      <x:c r="A380" s="2">
+        <x:v>46295</x:v>
+      </x:c>
+      <x:c r="B380" s="0" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="C380" s="0" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="D380" s="0" t="s">
+        <x:v>438</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>