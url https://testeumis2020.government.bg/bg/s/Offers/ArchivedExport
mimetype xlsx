--- v4 (2026-03-08)
+++ v5 (2026-03-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra30f101d3aa1404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6cffcb1d68ab4e0380d4359a8b01904f.psmdcp" Id="R76749b13c88c430f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09478ef5015b4207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/23e5c44c8102415b8cfd33d330d0277c.psmdcp" Id="R073a31ed6ac44df6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Архив" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="593" uniqueCount="593">
   <x:si>
     <x:t>Крайна дата за подаване на оферти</x:t>
   </x:si>
   <x:si>
     <x:t>Предмет на предвидената процедура</x:t>
   </x:si>
   <x:si>
@@ -2202,51 +2202,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D380"/>
+  <x:dimension ref="A1:D381"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="40.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="2">
@@ -7438,101 +7438,115 @@
         <x:v>589</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:4">
       <x:c r="A376" s="2">
         <x:v>46073</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:4">
       <x:c r="A377" s="2">
-        <x:v>46111</x:v>
-[...2 lines deleted...]
-        <x:v>123</x:v>
+        <x:v>46108</x:v>
+      </x:c>
+      <x:c r="B377" s="0" t="s">
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:4">
       <x:c r="A378" s="2">
-        <x:v>46265</x:v>
-[...2 lines deleted...]
-        <x:v>591</x:v>
+        <x:v>46111</x:v>
+      </x:c>
+      <x:c r="B378" s="0" t="n">
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:4">
       <x:c r="A379" s="2">
         <x:v>46265</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:4">
       <x:c r="A380" s="2">
+        <x:v>46265</x:v>
+      </x:c>
+      <x:c r="B380" s="0" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="C380" s="0" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="D380" s="0" t="s">
+        <x:v>487</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="381" spans="1:4">
+      <x:c r="A381" s="2">
         <x:v>46295</x:v>
       </x:c>
-      <x:c r="B380" s="0" t="s">
+      <x:c r="B381" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
-      <x:c r="C380" s="0" t="s">
+      <x:c r="C381" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="D380" s="0" t="s">
+      <x:c r="D381" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>